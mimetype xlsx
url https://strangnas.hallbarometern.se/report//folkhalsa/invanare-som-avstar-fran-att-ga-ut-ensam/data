--- v0 (2025-10-21)
+++ v1 (2026-02-16)
@@ -635,80 +635,80 @@
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="2">
         <v>44561</v>
       </c>
       <c r="E11" s="3">
         <v>2021</v>
       </c>
       <c r="F11">
         <v>44</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D12" s="2">
         <v>44926</v>
       </c>
       <c r="E12" s="3">
         <v>2022</v>
       </c>
       <c r="F12">
-        <v>37.473349</v>
+        <v>28.2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
         <v>7</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D13" s="2">
         <v>44926</v>
       </c>
       <c r="E13" s="3">
         <v>2022</v>
       </c>
       <c r="F13">
-        <v>28.2</v>
+        <v>37.473349</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" s="2">
         <v>45657</v>
       </c>
       <c r="E14" s="3">
         <v>2024</v>
       </c>
       <c r="F14">
         <v>27.8</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>