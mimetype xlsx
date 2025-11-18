--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -41,54 +41,54 @@
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Oro, ängslan och ångest</t>
   </si>
   <si>
     <t>SE.22.8</t>
   </si>
   <si>
     <t>Totalt</t>
   </si>
   <si>
     <t>Män</t>
   </si>
   <si>
+    <t>Kvinnor</t>
+  </si>
+  <si>
     <t>Riket</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kvinnor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -624,202 +624,202 @@
       </c>
       <c r="E10" s="3">
         <v>2022</v>
       </c>
       <c r="F10">
         <v>23.199214</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="2">
         <v>41274</v>
       </c>
       <c r="E11" s="3">
         <v>2012</v>
       </c>
       <c r="F11">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="2">
         <v>41274</v>
       </c>
       <c r="E12" s="3">
         <v>2012</v>
       </c>
       <c r="F12">
-        <v>36</v>
+        <v>32</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
         <v>7</v>
       </c>
       <c r="C13" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D13" s="2">
         <v>42004</v>
       </c>
       <c r="E13" s="3">
         <v>2014</v>
       </c>
       <c r="F13">
         <v>32</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D14" s="2">
         <v>42004</v>
       </c>
       <c r="E14" s="3">
         <v>2014</v>
       </c>
       <c r="F14">
         <v>35</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
         <v>7</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="2">
         <v>44561</v>
       </c>
       <c r="E15" s="3">
         <v>2021</v>
       </c>
       <c r="F15">
-        <v>41</v>
+        <v>54</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
         <v>7</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" s="2">
         <v>44561</v>
       </c>
       <c r="E16" s="3">
         <v>2021</v>
       </c>
       <c r="F16">
-        <v>54</v>
+        <v>41</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
         <v>7</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="2">
         <v>44926</v>
       </c>
       <c r="E17" s="3">
         <v>2022</v>
       </c>
       <c r="F17">
-        <v>42.3</v>
+        <v>41.930094</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" s="2">
         <v>44926</v>
       </c>
       <c r="E18" s="3">
         <v>2022</v>
       </c>
       <c r="F18">
-        <v>41.930094</v>
+        <v>42.3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
       <c r="C19" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D19" s="2">
         <v>45657</v>
       </c>
       <c r="E19" s="3">
         <v>2024</v>
       </c>
       <c r="F19">
         <v>43.6</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>