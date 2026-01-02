--- v1 (2025-11-18)
+++ v2 (2026-01-02)
@@ -41,54 +41,54 @@
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Oro, ängslan och ångest</t>
   </si>
   <si>
     <t>SE.22.8</t>
   </si>
   <si>
     <t>Totalt</t>
   </si>
   <si>
     <t>Män</t>
   </si>
   <si>
+    <t>Riket</t>
+  </si>
+  <si>
     <t>Kvinnor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Riket</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -624,202 +624,202 @@
       </c>
       <c r="E10" s="3">
         <v>2022</v>
       </c>
       <c r="F10">
         <v>23.199214</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="2">
         <v>41274</v>
       </c>
       <c r="E11" s="3">
         <v>2012</v>
       </c>
       <c r="F11">
-        <v>36</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="2">
         <v>41274</v>
       </c>
       <c r="E12" s="3">
         <v>2012</v>
       </c>
       <c r="F12">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
         <v>7</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="2">
         <v>42004</v>
       </c>
       <c r="E13" s="3">
         <v>2014</v>
       </c>
       <c r="F13">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="2">
         <v>42004</v>
       </c>
       <c r="E14" s="3">
         <v>2014</v>
       </c>
       <c r="F14">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
         <v>7</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="2">
         <v>44561</v>
       </c>
       <c r="E15" s="3">
         <v>2021</v>
       </c>
       <c r="F15">
-        <v>54</v>
+        <v>41</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
         <v>7</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" s="2">
         <v>44561</v>
       </c>
       <c r="E16" s="3">
         <v>2021</v>
       </c>
       <c r="F16">
-        <v>41</v>
+        <v>54</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
         <v>7</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="2">
         <v>44926</v>
       </c>
       <c r="E17" s="3">
         <v>2022</v>
       </c>
       <c r="F17">
-        <v>41.930094</v>
+        <v>42.3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" s="2">
         <v>44926</v>
       </c>
       <c r="E18" s="3">
         <v>2022</v>
       </c>
       <c r="F18">
-        <v>42.3</v>
+        <v>41.930094</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
       <c r="C19" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D19" s="2">
         <v>45657</v>
       </c>
       <c r="E19" s="3">
         <v>2024</v>
       </c>
       <c r="F19">
         <v>43.6</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>