--- v0 (2025-10-03)
+++ v1 (2026-01-02)
@@ -695,80 +695,80 @@
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="2">
         <v>42004</v>
       </c>
       <c r="E14" s="3">
         <v>2014</v>
       </c>
       <c r="F14">
         <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
         <v>7</v>
       </c>
       <c r="C15" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D15" s="2">
         <v>44561</v>
       </c>
       <c r="E15" s="3">
         <v>2021</v>
       </c>
       <c r="F15">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
         <v>7</v>
       </c>
       <c r="C16" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D16" s="2">
         <v>44561</v>
       </c>
       <c r="E16" s="3">
         <v>2021</v>
       </c>
       <c r="F16">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
         <v>7</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="2">
         <v>44926</v>
       </c>
       <c r="E17" s="3">
         <v>2022</v>
       </c>
       <c r="F17">
         <v>14.9</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>6</v>